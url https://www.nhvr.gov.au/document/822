--- v0 (2025-11-21)
+++ v1 (2025-12-19)
@@ -1,46 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="308CF189" w14:textId="371D1B50" w:rsidR="003C29F5" w:rsidRDefault="00907C8E" w:rsidP="00885D31">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -53,128 +57,161 @@
       <w:bookmarkStart w:id="2" w:name="_Toc498097597"/>
       <w:bookmarkStart w:id="3" w:name="_Toc76042404"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00907C8E">
         <w:t>Review of PBS High-Speed and Stability Standards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B63AB8" w14:textId="1BE9AF2D" w:rsidR="00885D31" w:rsidRDefault="00C752F4" w:rsidP="00885D31">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Feedback Form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="6EF20C9D" w14:textId="1335A962" w:rsidR="009A79B8" w:rsidRDefault="009A79B8" w:rsidP="009A79B8">
+    <w:p w14:paraId="6EF20C9D" w14:textId="5C2088A0" w:rsidR="009A79B8" w:rsidRDefault="009A79B8" w:rsidP="009A79B8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6303">
         <w:t xml:space="preserve">Please fill out this form to provide your feedback on </w:t>
       </w:r>
       <w:r w:rsidR="00A76E51">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6303">
         <w:t xml:space="preserve"> proposed options outlined in the </w:t>
       </w:r>
       <w:r w:rsidR="00A76E51">
         <w:t>Technical Discussion Paper</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6303">
         <w:t xml:space="preserve">. Completed feedback forms to be submitted by email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidR="5F0F4738" w:rsidRPr="5D8445F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PBSReview@nhvr.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001D6303">
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A749B" w:rsidRPr="002A749B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>COB Monday</w:t>
+        <w:t xml:space="preserve">COB </w:t>
+      </w:r>
+      <w:r w:rsidR="00E174E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Friday</w:t>
       </w:r>
       <w:r w:rsidR="0029292E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002A749B" w:rsidRPr="002A749B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 January 2026</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E174E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="002A749B" w:rsidRPr="002A749B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00E07CA0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF7474F" w14:textId="79460A88" w:rsidR="00885D31" w:rsidRPr="00766C2E" w:rsidRDefault="00885D31" w:rsidP="00766C2E">
+    <w:p w14:paraId="5DF7474F" w14:textId="672653DD" w:rsidR="00885D31" w:rsidRPr="00766C2E" w:rsidRDefault="00885D31" w:rsidP="00766C2E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A79B8">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>When submitting feedback include ‘</w:t>
+        <w:t>When submitting feedback</w:t>
+      </w:r>
+      <w:r w:rsidR="00E174E3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A79B8">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include ‘</w:t>
       </w:r>
       <w:r w:rsidR="0064780D" w:rsidRPr="0064780D">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PBS High-Speed and Stability Standards Review Feedback – [Your Organisation]’ </w:t>
       </w:r>
       <w:r w:rsidRPr="009A79B8">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidR="0064780D">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
       <w:r w:rsidRPr="009A79B8">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>subject line.</w:t>
@@ -1073,72 +1110,76 @@
           <w:rFonts w:eastAsia="Cambria" w:cs="Effra-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0F2D52" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6015F7" w14:textId="77777777" w:rsidR="00F930E7" w:rsidRDefault="00F930E7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Cambria" w:cs="Effra-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0F2D52" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F930E7" w:rsidSect="00740593">
-      <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1247" w:left="1021" w:header="284" w:footer="425" w:gutter="0"/>
       <w:cols w:space="567"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C984BB9" w14:textId="77777777" w:rsidR="00B017D5" w:rsidRDefault="00B017D5" w:rsidP="00E01449">
+    <w:p w14:paraId="6494146D" w14:textId="77777777" w:rsidR="00C471B7" w:rsidRDefault="00C471B7" w:rsidP="00E01449">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="390E0B66" w14:textId="77777777" w:rsidR="00B017D5" w:rsidRDefault="00B017D5" w:rsidP="00E01449">
+    <w:p w14:paraId="012F3C10" w14:textId="77777777" w:rsidR="00C471B7" w:rsidRDefault="00C471B7" w:rsidP="00E01449">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1219,70 +1260,80 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BE9E9FB" w14:textId="77777777" w:rsidR="00D9482D" w:rsidRDefault="00D9482D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10065" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2694"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1985"/>
     </w:tblGrid>
     <w:tr w:rsidR="003F5430" w:rsidRPr="003813B8" w14:paraId="232F52A1" w14:textId="77777777" w:rsidTr="0015780D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2694" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2326ABB9" w14:textId="749AD853" w:rsidR="003F5430" w:rsidRPr="00E05060" w:rsidRDefault="003F5430" w:rsidP="003F5430">
+        <w:p w14:paraId="2326ABB9" w14:textId="7087415C" w:rsidR="003F5430" w:rsidRPr="00E05060" w:rsidRDefault="003F5430" w:rsidP="003F5430">
           <w:pPr>
             <w:pStyle w:val="TableText"/>
             <w:spacing w:before="0" w:after="0"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00264BAE">
             <w:rPr>
               <w:b/>
               <w:color w:val="0F2D52"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Version:</w:t>
           </w:r>
           <w:r w:rsidRPr="00264BAE">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:sdt>
@@ -1331,120 +1382,120 @@
                 <w:listItem w:displayText="2.9" w:value="2.9"/>
                 <w:listItem w:displayText="3.0" w:value="3.0"/>
                 <w:listItem w:displayText="3.1" w:value="3.1"/>
                 <w:listItem w:displayText="3.2" w:value="3.2"/>
                 <w:listItem w:displayText="3.3" w:value="3.3"/>
                 <w:listItem w:displayText="3.4" w:value="3.4"/>
                 <w:listItem w:displayText="3.5" w:value="3.5"/>
                 <w:listItem w:displayText="3.6" w:value="3.6"/>
                 <w:listItem w:displayText="3.7" w:value="3.7"/>
                 <w:listItem w:displayText="3.8" w:value="3.8"/>
                 <w:listItem w:displayText="3.9" w:value="3.9"/>
                 <w:listItem w:displayText="4.0" w:value="4.0"/>
                 <w:listItem w:displayText="4.1" w:value="4.1"/>
                 <w:listItem w:displayText="4.2" w:value="4.2"/>
                 <w:listItem w:displayText="4.3" w:value="4.3"/>
                 <w:listItem w:displayText="4.4" w:value="4.4"/>
                 <w:listItem w:displayText="4.5" w:value="4.5"/>
                 <w:listItem w:displayText="4.6" w:value="4.6"/>
                 <w:listItem w:displayText="4.7" w:value="4.7"/>
                 <w:listItem w:displayText="4.8" w:value="4.8"/>
                 <w:listItem w:displayText="4.9" w:value="4.9"/>
                 <w:listItem w:displayText="5.0" w:value="5.0"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="001710CD">
+              <w:r w:rsidR="00D9482D">
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
-                <w:t>1.0</w:t>
+                <w:t>1.1</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="004C21BF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0F2D52"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>– Release d</w:t>
           </w:r>
           <w:r w:rsidRPr="003813B8">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0F2D52"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>ate:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:id w:val="-1853492056"/>
               <w:placeholder>
                 <w:docPart w:val="EEBDC4742F1E4FFB929F1174776966BF"/>
               </w:placeholder>
-              <w:date w:fullDate="2025-11-21T00:00:00Z">
+              <w:date w:fullDate="2025-11-27T00:00:00Z">
                 <w:dateFormat w:val="d/MM/yyyy"/>
                 <w:lid w:val="en-AU"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="001710CD">
+              <w:r w:rsidR="00D9482D">
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:val="en-AU"/>
                 </w:rPr>
-                <w:t>21/11/2025</w:t>
+                <w:t>27/11/2025</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:color w:val="0F2D52"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:alias w:val="Report title"/>
           <w:tag w:val=""/>
           <w:id w:val="393390768"/>
           <w:placeholder>
             <w:docPart w:val="A7D22B1290BB445BB52CC8BEC8DB7BAF"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
@@ -1718,70 +1769,90 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00264BAE">
             <w:rPr>
               <w:b/>
               <w:color w:val="808080" w:themeColor="accent5" w:themeShade="80"/>
               <w:sz w:val="14"/>
             </w:rPr>
             <w:t>This document is uncontrolled if printed, please verify that it is the latest copy, see online version</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="409889D5" w14:textId="77777777" w:rsidR="00B9429D" w:rsidRPr="00264BAE" w:rsidRDefault="00B9429D" w:rsidP="003F5430">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2782BC9B" w14:textId="77777777" w:rsidR="00D9482D" w:rsidRDefault="00D9482D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="769E13A9" w14:textId="77777777" w:rsidR="00B017D5" w:rsidRDefault="00B017D5" w:rsidP="00E01449">
+    <w:p w14:paraId="3997ABAD" w14:textId="77777777" w:rsidR="00C471B7" w:rsidRDefault="00C471B7" w:rsidP="00E01449">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29B7063A" w14:textId="77777777" w:rsidR="00B017D5" w:rsidRDefault="00B017D5" w:rsidP="00E01449">
+    <w:p w14:paraId="0187D082" w14:textId="77777777" w:rsidR="00C471B7" w:rsidRDefault="00C471B7" w:rsidP="00E01449">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="780076EB" w14:textId="77777777" w:rsidR="00D9482D" w:rsidRDefault="00D9482D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D82DC89" w14:textId="7E40962C" w:rsidR="00B9429D" w:rsidRPr="00264BAE" w:rsidRDefault="00B9429D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="240"/>
       <w:rPr>
         <w:rStyle w:val="PlaceholderText"/>
         <w:color w:val="0F2D52" w:themeColor="text2"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="0" allowOverlap="0" wp14:anchorId="75F2DD15" wp14:editId="01185D3A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
@@ -1814,51 +1885,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="dk1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="265220A5" id="Straight Connector 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:1000;mso-width-relative:margin" from="0,56.65pt" to="496.85pt,56.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAgd9pugEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfqf0Dcu/ZulahrrTeHROml&#10;aqO2+QEED2tUYBDQtfffd8Beb9QPqYpywTC892beMN7djNawI4So0bV8vao5Ayex0+7Q8sfv9+8+&#10;cBaTcJ0w6KDlJ4j8Zv/2zW7wDWywR9NBYCTiYjP4lvcp+aaqouzBirhCD44uFQYrEh3DoeqCGEjd&#10;mmpT19fVgKHzASXESNG76ZLvi75SINMXpSIkZlpOtaWyhrI+5bXa70RzCML3Ws5liBdUYYV2lHSR&#10;uhNJsJ9B/yFltQwYUaWVRFuhUlpC8UBu1vVvbr71wkPxQs2JfmlTfD1Z+fl46x4CtWHwsYn+IWQX&#10;owo2f6k+NpZmnZZmwZiYpOD1+3q73V5xJs931YXoQ0wfAS3Lm5Yb7bIP0Yjjp5goGUHPkBw2jg1Z&#10;8aouqIhGd/famHxXRgFuTWBHQY+Yxk1+NBJ4hqKTcRS8eCi7dDIwyX8FxXRHVa+nBHm8Lprdj/Ws&#10;aRwhM0VR9oU0V/Uv0ozNNCgj97/EBV0yoksL0WqH4W+lpvFcqprwZ9eT12z7CbtTedHSDpqb0q15&#10;xvNgPj8X+uVP3P8CAAD//wMAUEsDBBQABgAIAAAAIQAn3Lcw2wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSH0Haytxo06JBCTEqRACIY4NPfToJpufEq+t2EmTt2eRkOhxZ0az32S7&#10;2fRiwsF3lhRsNxEIpNJWHTUKDl/vd08gfNBU6d4SKljQwy5f3WQ6reyF9jgVoRFcQj7VCtoQXCql&#10;L1s02m+sQ2KvtoPRgc+hkdWgL1xuenkfRQ/S6I74Q6sdvrZYfhejUTAe9s69LXVxps/x42ynY1Iv&#10;R6Vu1/PLM4iAc/gPwy8+o0POTCc7UuVFr4CHBFa3cQyC7SSJH0Gc/hSZZ/J6QP4DAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAwIHfaboBAADRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAJ9y3MNsAAAAIAQAADwAAAAAAAAAAAAAAAAAUBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" o:allowincell="f" o:allowoverlap="f" strokecolor="#0f2d52 [3215]" strokeweight=".5pt">
+            <v:line w14:anchorId="487FFE8A" id="Straight Connector 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:1000;mso-width-relative:margin" from="0,56.65pt" to="496.85pt,56.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAgd9pugEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfqf0Dcu/ZulahrrTeHROml&#10;aqO2+QEED2tUYBDQtfffd8Beb9QPqYpywTC892beMN7djNawI4So0bV8vao5Ayex0+7Q8sfv9+8+&#10;cBaTcJ0w6KDlJ4j8Zv/2zW7wDWywR9NBYCTiYjP4lvcp+aaqouzBirhCD44uFQYrEh3DoeqCGEjd&#10;mmpT19fVgKHzASXESNG76ZLvi75SINMXpSIkZlpOtaWyhrI+5bXa70RzCML3Ws5liBdUYYV2lHSR&#10;uhNJsJ9B/yFltQwYUaWVRFuhUlpC8UBu1vVvbr71wkPxQs2JfmlTfD1Z+fl46x4CtWHwsYn+IWQX&#10;owo2f6k+NpZmnZZmwZiYpOD1+3q73V5xJs931YXoQ0wfAS3Lm5Yb7bIP0Yjjp5goGUHPkBw2jg1Z&#10;8aouqIhGd/famHxXRgFuTWBHQY+Yxk1+NBJ4hqKTcRS8eCi7dDIwyX8FxXRHVa+nBHm8Lprdj/Ws&#10;aRwhM0VR9oU0V/Uv0ozNNCgj97/EBV0yoksL0WqH4W+lpvFcqprwZ9eT12z7CbtTedHSDpqb0q15&#10;xvNgPj8X+uVP3P8CAAD//wMAUEsDBBQABgAIAAAAIQAn3Lcw2wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSH0Haytxo06JBCTEqRACIY4NPfToJpufEq+t2EmTt2eRkOhxZ0az32S7&#10;2fRiwsF3lhRsNxEIpNJWHTUKDl/vd08gfNBU6d4SKljQwy5f3WQ6reyF9jgVoRFcQj7VCtoQXCql&#10;L1s02m+sQ2KvtoPRgc+hkdWgL1xuenkfRQ/S6I74Q6sdvrZYfhejUTAe9s69LXVxps/x42ynY1Iv&#10;R6Vu1/PLM4iAc/gPwy8+o0POTCc7UuVFr4CHBFa3cQyC7SSJH0Gc/hSZZ/J6QP4DAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAwIHfaboBAADRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAJ9y3MNsAAAAIAQAADwAAAAAAAAAAAAAAAAAUBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" o:allowincell="f" o:allowoverlap="f" strokecolor="#0f2d52 [3215]" strokeweight=".5pt">
               <w10:wrap anchory="page"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00264BAE">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="1" layoutInCell="0" allowOverlap="0" wp14:anchorId="78A8ABA2" wp14:editId="751B01AA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>269875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="900000" cy="356400"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:wrapNone/>
           <wp:docPr id="1676702121" name="Picture 1676702121"/>
@@ -1974,50 +2045,60 @@
           <w:color w:val="0F2D52" w:themeColor="text2"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:alias w:val="Report subject"/>
         <w:tag w:val=""/>
         <w:id w:val="298883686"/>
         <w:placeholder>
           <w:docPart w:val="1219D3B742874AF28A3B3D1640713EF7"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="003309FB">
           <w:rPr>
             <w:rStyle w:val="PlaceholderText"/>
             <w:color w:val="0F2D52" w:themeColor="text2"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Feedback Form</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="531236AB" w14:textId="6B897F50" w:rsidR="00B9429D" w:rsidRPr="00D67F04" w:rsidRDefault="00B9429D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DE1F689" w14:textId="77777777" w:rsidR="00D9482D" w:rsidRDefault="00D9482D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D03DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7A0AC32"/>
     <w:lvl w:ilvl="0" w:tplc="AE00A42A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="49C20C3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5465,51 +5546,51 @@
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1461650822">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1476411299">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2037265395">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1953047910">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1456291177">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1895921160">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="29"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7133,50 +7214,51 @@
     <w:rsid w:val="000C05B7"/>
     <w:rsid w:val="000C0842"/>
     <w:rsid w:val="000C08BE"/>
     <w:rsid w:val="000C09D0"/>
     <w:rsid w:val="000C0B2E"/>
     <w:rsid w:val="000C0BCE"/>
     <w:rsid w:val="000C0C56"/>
     <w:rsid w:val="000C0D4D"/>
     <w:rsid w:val="000C107E"/>
     <w:rsid w:val="000C10BC"/>
     <w:rsid w:val="000C15BC"/>
     <w:rsid w:val="000C15D8"/>
     <w:rsid w:val="000C15F2"/>
     <w:rsid w:val="000C1727"/>
     <w:rsid w:val="000C1842"/>
     <w:rsid w:val="000C1870"/>
     <w:rsid w:val="000C18B9"/>
     <w:rsid w:val="000C190A"/>
     <w:rsid w:val="000C19E9"/>
     <w:rsid w:val="000C1AFD"/>
     <w:rsid w:val="000C1C9B"/>
     <w:rsid w:val="000C1D7D"/>
     <w:rsid w:val="000C1EBC"/>
     <w:rsid w:val="000C1ED7"/>
     <w:rsid w:val="000C1F18"/>
+    <w:rsid w:val="000C207F"/>
     <w:rsid w:val="000C2148"/>
     <w:rsid w:val="000C21BC"/>
     <w:rsid w:val="000C21E9"/>
     <w:rsid w:val="000C22CD"/>
     <w:rsid w:val="000C2337"/>
     <w:rsid w:val="000C23D7"/>
     <w:rsid w:val="000C26B4"/>
     <w:rsid w:val="000C26DE"/>
     <w:rsid w:val="000C2786"/>
     <w:rsid w:val="000C27B9"/>
     <w:rsid w:val="000C2920"/>
     <w:rsid w:val="000C2C94"/>
     <w:rsid w:val="000C2D3A"/>
     <w:rsid w:val="000C2F0F"/>
     <w:rsid w:val="000C30B0"/>
     <w:rsid w:val="000C314D"/>
     <w:rsid w:val="000C31CF"/>
     <w:rsid w:val="000C329D"/>
     <w:rsid w:val="000C3363"/>
     <w:rsid w:val="000C344D"/>
     <w:rsid w:val="000C3543"/>
     <w:rsid w:val="000C3597"/>
     <w:rsid w:val="000C372C"/>
     <w:rsid w:val="000C377F"/>
     <w:rsid w:val="000C37C9"/>
@@ -9034,50 +9116,51 @@
     <w:rsid w:val="001A5B23"/>
     <w:rsid w:val="001A5D89"/>
     <w:rsid w:val="001A5E1C"/>
     <w:rsid w:val="001A5FD9"/>
     <w:rsid w:val="001A60AC"/>
     <w:rsid w:val="001A60F0"/>
     <w:rsid w:val="001A6131"/>
     <w:rsid w:val="001A61D1"/>
     <w:rsid w:val="001A6217"/>
     <w:rsid w:val="001A6420"/>
     <w:rsid w:val="001A647B"/>
     <w:rsid w:val="001A656D"/>
     <w:rsid w:val="001A65D8"/>
     <w:rsid w:val="001A6731"/>
     <w:rsid w:val="001A679A"/>
     <w:rsid w:val="001A683A"/>
     <w:rsid w:val="001A6BAA"/>
     <w:rsid w:val="001A6C53"/>
     <w:rsid w:val="001A6E04"/>
     <w:rsid w:val="001A6F7A"/>
     <w:rsid w:val="001A70AE"/>
     <w:rsid w:val="001A7133"/>
     <w:rsid w:val="001A715E"/>
     <w:rsid w:val="001A71DC"/>
     <w:rsid w:val="001A7348"/>
+    <w:rsid w:val="001A73DA"/>
     <w:rsid w:val="001A774A"/>
     <w:rsid w:val="001A7A37"/>
     <w:rsid w:val="001A7ABD"/>
     <w:rsid w:val="001A7B8D"/>
     <w:rsid w:val="001A7BF4"/>
     <w:rsid w:val="001A7C1E"/>
     <w:rsid w:val="001A7C77"/>
     <w:rsid w:val="001A7D70"/>
     <w:rsid w:val="001A7DB7"/>
     <w:rsid w:val="001A7DCD"/>
     <w:rsid w:val="001A7DF8"/>
     <w:rsid w:val="001A7E44"/>
     <w:rsid w:val="001A7F7A"/>
     <w:rsid w:val="001A7FD7"/>
     <w:rsid w:val="001B0320"/>
     <w:rsid w:val="001B044B"/>
     <w:rsid w:val="001B0452"/>
     <w:rsid w:val="001B05B0"/>
     <w:rsid w:val="001B06F6"/>
     <w:rsid w:val="001B077F"/>
     <w:rsid w:val="001B090D"/>
     <w:rsid w:val="001B0910"/>
     <w:rsid w:val="001B0AC4"/>
     <w:rsid w:val="001B0C8A"/>
     <w:rsid w:val="001B0D11"/>
@@ -30295,50 +30378,51 @@
     <w:rsid w:val="00C45B31"/>
     <w:rsid w:val="00C45CDF"/>
     <w:rsid w:val="00C45E48"/>
     <w:rsid w:val="00C45E9A"/>
     <w:rsid w:val="00C45EED"/>
     <w:rsid w:val="00C4606A"/>
     <w:rsid w:val="00C461C2"/>
     <w:rsid w:val="00C46287"/>
     <w:rsid w:val="00C464FB"/>
     <w:rsid w:val="00C4652F"/>
     <w:rsid w:val="00C46589"/>
     <w:rsid w:val="00C46651"/>
     <w:rsid w:val="00C466B3"/>
     <w:rsid w:val="00C46775"/>
     <w:rsid w:val="00C467F6"/>
     <w:rsid w:val="00C46849"/>
     <w:rsid w:val="00C468BA"/>
     <w:rsid w:val="00C46981"/>
     <w:rsid w:val="00C46A07"/>
     <w:rsid w:val="00C46A14"/>
     <w:rsid w:val="00C46A7B"/>
     <w:rsid w:val="00C46ABB"/>
     <w:rsid w:val="00C46C33"/>
     <w:rsid w:val="00C46C4F"/>
     <w:rsid w:val="00C4709A"/>
+    <w:rsid w:val="00C471B7"/>
     <w:rsid w:val="00C47236"/>
     <w:rsid w:val="00C47252"/>
     <w:rsid w:val="00C4726C"/>
     <w:rsid w:val="00C47364"/>
     <w:rsid w:val="00C47366"/>
     <w:rsid w:val="00C473BA"/>
     <w:rsid w:val="00C47433"/>
     <w:rsid w:val="00C4745D"/>
     <w:rsid w:val="00C474A5"/>
     <w:rsid w:val="00C474EE"/>
     <w:rsid w:val="00C477DE"/>
     <w:rsid w:val="00C477ED"/>
     <w:rsid w:val="00C47820"/>
     <w:rsid w:val="00C47977"/>
     <w:rsid w:val="00C47A0A"/>
     <w:rsid w:val="00C47A7B"/>
     <w:rsid w:val="00C47B6C"/>
     <w:rsid w:val="00C47B9A"/>
     <w:rsid w:val="00C47BC5"/>
     <w:rsid w:val="00C47CBD"/>
     <w:rsid w:val="00C47D08"/>
     <w:rsid w:val="00C47DF9"/>
     <w:rsid w:val="00C47FB4"/>
     <w:rsid w:val="00C50081"/>
     <w:rsid w:val="00C50193"/>
@@ -32920,50 +33004,51 @@
     <w:rsid w:val="00D932EC"/>
     <w:rsid w:val="00D93350"/>
     <w:rsid w:val="00D93556"/>
     <w:rsid w:val="00D935C4"/>
     <w:rsid w:val="00D9363E"/>
     <w:rsid w:val="00D936D7"/>
     <w:rsid w:val="00D9374C"/>
     <w:rsid w:val="00D937A8"/>
     <w:rsid w:val="00D937D0"/>
     <w:rsid w:val="00D937F4"/>
     <w:rsid w:val="00D938A5"/>
     <w:rsid w:val="00D93908"/>
     <w:rsid w:val="00D93971"/>
     <w:rsid w:val="00D93AAD"/>
     <w:rsid w:val="00D93BD3"/>
     <w:rsid w:val="00D93E1D"/>
     <w:rsid w:val="00D93EA0"/>
     <w:rsid w:val="00D9419F"/>
     <w:rsid w:val="00D94219"/>
     <w:rsid w:val="00D94271"/>
     <w:rsid w:val="00D94506"/>
     <w:rsid w:val="00D9452C"/>
     <w:rsid w:val="00D94565"/>
     <w:rsid w:val="00D945D9"/>
     <w:rsid w:val="00D947A1"/>
+    <w:rsid w:val="00D9482D"/>
     <w:rsid w:val="00D94957"/>
     <w:rsid w:val="00D949EF"/>
     <w:rsid w:val="00D94B11"/>
     <w:rsid w:val="00D94B1D"/>
     <w:rsid w:val="00D94DA0"/>
     <w:rsid w:val="00D94DD3"/>
     <w:rsid w:val="00D94DE1"/>
     <w:rsid w:val="00D94EA3"/>
     <w:rsid w:val="00D950F4"/>
     <w:rsid w:val="00D95183"/>
     <w:rsid w:val="00D952E0"/>
     <w:rsid w:val="00D95344"/>
     <w:rsid w:val="00D956F8"/>
     <w:rsid w:val="00D95952"/>
     <w:rsid w:val="00D95A4B"/>
     <w:rsid w:val="00D95B1B"/>
     <w:rsid w:val="00D95B28"/>
     <w:rsid w:val="00D95B6E"/>
     <w:rsid w:val="00D95B86"/>
     <w:rsid w:val="00D95D8A"/>
     <w:rsid w:val="00D95FCB"/>
     <w:rsid w:val="00D96166"/>
     <w:rsid w:val="00D96168"/>
     <w:rsid w:val="00D96293"/>
     <w:rsid w:val="00D96492"/>
@@ -34037,50 +34122,51 @@
     <w:rsid w:val="00E1589F"/>
     <w:rsid w:val="00E159F1"/>
     <w:rsid w:val="00E15A91"/>
     <w:rsid w:val="00E15C24"/>
     <w:rsid w:val="00E15C3D"/>
     <w:rsid w:val="00E15D89"/>
     <w:rsid w:val="00E15E4A"/>
     <w:rsid w:val="00E15EA4"/>
     <w:rsid w:val="00E15F8C"/>
     <w:rsid w:val="00E1613B"/>
     <w:rsid w:val="00E1613F"/>
     <w:rsid w:val="00E162AC"/>
     <w:rsid w:val="00E164A9"/>
     <w:rsid w:val="00E164AA"/>
     <w:rsid w:val="00E16727"/>
     <w:rsid w:val="00E1693F"/>
     <w:rsid w:val="00E16A71"/>
     <w:rsid w:val="00E16A9C"/>
     <w:rsid w:val="00E16C56"/>
     <w:rsid w:val="00E171D6"/>
     <w:rsid w:val="00E1727B"/>
     <w:rsid w:val="00E172D1"/>
     <w:rsid w:val="00E1739A"/>
     <w:rsid w:val="00E173BD"/>
     <w:rsid w:val="00E17459"/>
+    <w:rsid w:val="00E174E3"/>
     <w:rsid w:val="00E17522"/>
     <w:rsid w:val="00E178A9"/>
     <w:rsid w:val="00E17A2E"/>
     <w:rsid w:val="00E17DC7"/>
     <w:rsid w:val="00E17DCD"/>
     <w:rsid w:val="00E17DD4"/>
     <w:rsid w:val="00E2039E"/>
     <w:rsid w:val="00E204CD"/>
     <w:rsid w:val="00E20528"/>
     <w:rsid w:val="00E205AC"/>
     <w:rsid w:val="00E2061F"/>
     <w:rsid w:val="00E206B2"/>
     <w:rsid w:val="00E2075D"/>
     <w:rsid w:val="00E207BB"/>
     <w:rsid w:val="00E207BE"/>
     <w:rsid w:val="00E2081E"/>
     <w:rsid w:val="00E209DD"/>
     <w:rsid w:val="00E20A03"/>
     <w:rsid w:val="00E20A59"/>
     <w:rsid w:val="00E20C9F"/>
     <w:rsid w:val="00E20CAE"/>
     <w:rsid w:val="00E20D12"/>
     <w:rsid w:val="00E20DDF"/>
     <w:rsid w:val="00E20ECE"/>
     <w:rsid w:val="00E21000"/>
@@ -43303,54 +43389,54 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PBSReview@nhvr.gov.au" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PBSReview@nhvr.gov.au" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="60569E2215F84F85BDBBEB257CC75D8B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0C56A754-9236-4F5E-A940-BD81AAE108F5}"/>
       </w:docPartPr>
@@ -43846,55 +43932,57 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F3395"/>
     <w:rsid w:val="0000563C"/>
     <w:rsid w:val="00012080"/>
     <w:rsid w:val="00053B2C"/>
     <w:rsid w:val="000669C8"/>
     <w:rsid w:val="000B7301"/>
+    <w:rsid w:val="000C207F"/>
     <w:rsid w:val="00107A28"/>
     <w:rsid w:val="00114414"/>
     <w:rsid w:val="00122A8E"/>
     <w:rsid w:val="001341E0"/>
     <w:rsid w:val="001A3C47"/>
+    <w:rsid w:val="00263542"/>
     <w:rsid w:val="003022D9"/>
     <w:rsid w:val="003517BA"/>
     <w:rsid w:val="003A44F7"/>
     <w:rsid w:val="003F6F22"/>
     <w:rsid w:val="004113BF"/>
     <w:rsid w:val="00455849"/>
     <w:rsid w:val="0046083B"/>
     <w:rsid w:val="00485194"/>
     <w:rsid w:val="004A0611"/>
     <w:rsid w:val="004E41E6"/>
     <w:rsid w:val="004E4521"/>
     <w:rsid w:val="004F0671"/>
     <w:rsid w:val="00546B6E"/>
     <w:rsid w:val="00595393"/>
     <w:rsid w:val="005A2A1C"/>
     <w:rsid w:val="005C177C"/>
     <w:rsid w:val="005D0102"/>
     <w:rsid w:val="005E3A0D"/>
     <w:rsid w:val="00627388"/>
     <w:rsid w:val="006537AD"/>
     <w:rsid w:val="006651DE"/>
     <w:rsid w:val="0067462E"/>
     <w:rsid w:val="006B3D01"/>
     <w:rsid w:val="006F3395"/>
     <w:rsid w:val="00740419"/>
@@ -44724,63 +44812,50 @@
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract>Report Option 4A – 1 Column – Plain cover</Abstract>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC8A0CF4C8AFC3438A33C88DF0840CD6" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="efc18db7c91f287f6b610e07011c5903">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1af919d3-3e62-41d5-bd5a-2e80a23e3e07" xmlns:ns3="3b37444d-10a4-428a-b82d-7f89fea1cf82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3413f831e10e7e2c4bc515c64f8ae1e" ns2:_="" ns3:_="">
     <xsd:import namespace="1af919d3-3e62-41d5-bd5a-2e80a23e3e07"/>
     <xsd:import namespace="3b37444d-10a4-428a-b82d-7f89fea1cf82"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -44977,163 +45052,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement>
     <TaxCatchAll xmlns="3b37444d-10a4-428a-b82d-7f89fea1cf82" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1af919d3-3e62-41d5-bd5a-2e80a23e3e07">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="3b37444d-10a4-428a-b82d-7f89fea1cf82">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item6.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7BC9DB-AEF0-4709-B061-AEAAE6D147E8}">
-[...14 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12861484-B6C9-4FD2-B66C-14D15FE24441}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1af919d3-3e62-41d5-bd5a-2e80a23e3e07"/>
     <ds:schemaRef ds:uri="3b37444d-10a4-428a-b82d-7f89fea1cf82"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F9B4816-0595-4589-ABAE-066A1F2E14C3}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AB7ECA7-1E7A-4389-86ED-D6E82D048637}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7BC9DB-AEF0-4709-B061-AEAAE6D147E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF9E2806-E669-42F1-BFBF-81EEC1AFC41F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3b37444d-10a4-428a-b82d-7f89fea1cf82"/>
     <ds:schemaRef ds:uri="1af919d3-3e62-41d5-bd5a-2e80a23e3e07"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F9B4816-0595-4589-ABAE-066A1F2E14C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>994</Characters>
+  <Words>175</Words>
+  <Characters>995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
+  <Lines>55</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template - Report Option 4A - 1 column - Plain cover</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>National Heavy Vehicle Regulator</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1140</CharactersWithSpaces>
+  <CharactersWithSpaces>1142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template - Report Option 4A - 1 column - Plain cover</dc:title>
   <dc:subject>Work Procedure</dc:subject>
   <dc:creator>Matthew Fletcher</dc:creator>
   <cp:keywords>Corporate Affairs – Communications and Marketing</cp:keywords>
   <dc:description>Office of the Chief Engineer</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Feedback Form</cp:category>
   <cp:contentStatus>Review of PBS High-Speed and Stability Standards</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">